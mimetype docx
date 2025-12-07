--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -531,169 +531,641 @@
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t>, 2025 to October 30</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">, 2025 draw </w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>only,</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> $10 for 5 numbers, $20 for 50 numbers, $50 for 150 numbers, $75 for 300 numbers, $100 for 700 numbers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F20C01B" w14:textId="40483565" w:rsidR="00262085" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00262085">
+    <w:p w14:paraId="5F20C01B" w14:textId="5062EE1E" w:rsidR="00262085" w:rsidRPr="001C2243" w:rsidRDefault="004919EF" w:rsidP="00262085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="001C2243">
         <w:t xml:space="preserve">Draw #2: Ticket Sales - Starting at 11:30 am on </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>October</w:t>
       </w:r>
-      <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="00D8551F" w:rsidRPr="001C2243">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="00D8551F" w:rsidRPr="001C2243">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="00D8551F" w:rsidRPr="001C2243">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>, 2025</w:t>
       </w:r>
-      <w:r w:rsidR="00B7265A" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="00B7265A" w:rsidRPr="001C2243">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="001C2243">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="007E17E1" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="007E17E1" w:rsidRPr="001C2243">
         <w:t xml:space="preserve">November </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>27</w:t>
       </w:r>
-      <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
-[...5 lines deleted...]
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="00D8551F" w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>, 2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="001C2243">
         <w:t xml:space="preserve"> until 11:59 pm. Draw to take place on </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>November 28</w:t>
       </w:r>
-      <w:r w:rsidR="007E17E1" w:rsidRPr="00404E3A">
-[...2 lines deleted...]
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="007E17E1" w:rsidRPr="001C2243">
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>, 2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="001C2243">
         <w:t xml:space="preserve"> at 11:00 am. The winning prize will be half of the sales.  This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1218F773" w14:textId="02AED762" w:rsidR="00A94B0B" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="0066540D">
+    <w:p w14:paraId="7E55E117" w14:textId="0C2C3BFF" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>Wednesday, November 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>, Early Bird #1 Prize: (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180657B1" w14:textId="0477CB43" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>Thursday, November 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>, Early Bird #2-6 Prize(s) (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BD8D9B" w14:textId="7870CAA5" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>Friday, November 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>, Early Bird #7 Prize: (1 x $25,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1B06DE" w14:textId="6F7AF919" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>Monday, November 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>, Early Bird #8 Prize: (1 x $2,500)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB31E7B" w14:textId="742D68A2" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>Tuesday, November 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>, Early Bird #9 Prize: (1 x $2,500)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D13F834" w14:textId="41A67F4E" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>Wednesday, November 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>, Early Bird #10 Prize: (1 x $2,500)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6EA72F" w14:textId="69A6BC79" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>Thursday, November 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>, Early Bird #11 Prize: (1 x $2,500)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C994DB7" w14:textId="297BC019" w:rsidR="00DE7F38" w:rsidRPr="001C2243" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>Friday, November 14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>, Early Bird #12 Prize: (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8229E0" w14:textId="27034BCC" w:rsidR="00DE7F38" w:rsidRPr="001C2243" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>Friday, November 21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>, Early Bird #13 Prize: (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447FA268" w14:textId="468B5502" w:rsidR="00DE7F38" w:rsidRPr="001C2243" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>Wednesday, November 26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
+        <w:t>, Early Bird #14 Prize: (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4CAB94" w14:textId="456B36A0" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="004919EF" w:rsidP="001C2243">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="00061A3C">
         <w:t xml:space="preserve">Draw #3: Ticket Sales - Starting at 11:30 am on </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="00061A3C">
         <w:t>November 28</w:t>
       </w:r>
-      <w:r w:rsidR="007E17E1" w:rsidRPr="00404E3A">
-[...2 lines deleted...]
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="007E17E1" w:rsidRPr="00061A3C">
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="0066540D" w:rsidRPr="00061A3C">
         <w:t>, 2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="00061A3C">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="00061A3C">
         <w:t>January 1st, 2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="00061A3C">
         <w:t xml:space="preserve"> until 11:59 pm. Draw to take place on </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="00061A3C">
         <w:t>January 2nd</w:t>
       </w:r>
-      <w:r w:rsidR="007E17E1" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="007E17E1" w:rsidRPr="00061A3C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="00061A3C">
         <w:t>2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="00061A3C">
         <w:t xml:space="preserve"> at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $</w:t>
       </w:r>
-      <w:r w:rsidR="00304EA6" w:rsidRPr="00404E3A">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:t>2,500,</w:t>
+      </w:r>
+      <w:r w:rsidR="00304EA6" w:rsidRPr="00061A3C">
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
         <w:t>.  When Ticket Sales exceed $</w:t>
       </w:r>
-      <w:r w:rsidR="00304EA6" w:rsidRPr="00404E3A">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:t>5,000,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
         <w:t>, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6831B7" w14:textId="5919DB3C" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Wednesday, December 3rd, Early Bird #1–5 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="217666C1" w14:textId="51AC486F" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Thursday, December 4th, Early Bird #6–10 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20729F87" w14:textId="6804FE1F" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Friday, December 5th, Early Bird #11–15 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2295E82B" w14:textId="3DB83EB9" w:rsidR="00061A3C" w:rsidRPr="00061A3C" w:rsidRDefault="00061A3C" w:rsidP="00061A3C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Saturd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ay, December 6th, Early Bird #16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prize: (1 x $50,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EE2C64" w14:textId="0AAC2CBC" w:rsidR="00061A3C" w:rsidRPr="00061A3C" w:rsidRDefault="00061A3C" w:rsidP="00061A3C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Saturday, December 6th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, Early Bird #17-21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prize(s): (5 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFA93E2" w14:textId="362809F1" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Saturday, December 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00061A3C" w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>th, Early Bird #22-26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A04E051" w14:textId="5813C35D" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Friday, December 12th, Early Bird #27–31 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65069723" w14:textId="321B88D8" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Friday, December 19th, Early Bird #32–36 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E3CD88" w14:textId="51ABD8E6" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saturday, December 27th, Early </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Bird #37 Prize: (1 x $25,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F5D097" w14:textId="4E97E56A" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Saturday, December 27th, Early Bird #38–42 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A6974B" w14:textId="60A68CB6" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tuesday, December 30th, Early Bird #43–52 Prize(s): (10 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9D9384" w14:textId="62EF8B61" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="00AB3F12" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Tuesday, December 31</w:t>
+      </w:r>
+      <w:r w:rsidR="001C2243" w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>th, Early Bird #53 Prize: (1 x $100,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC30359" w14:textId="6979E219" w:rsidR="00AB3F12" w:rsidRPr="00061A3C" w:rsidRDefault="00061A3C" w:rsidP="00AB3F12">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:t>November</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:t xml:space="preserve"> 28th, 2025 to January 2nd, 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:t xml:space="preserve"> draw </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>only,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:t xml:space="preserve"> $10 for 5 numbers, $20 for 30 numbers, $50 for 200 numbers, $100 for 500 numbers, $250 for 2000 numbers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="231DC158" w14:textId="07DCEF62" w:rsidR="00EA52F1" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="0066540D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">Draw #4: Ticket Sales - Starting at 11:30 am on </w:t>
       </w:r>
       <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
         <w:t>January 2nd, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
         <w:t>January 29</w:t>
       </w:r>
       <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -1071,55 +1543,51 @@
       <w:r w:rsidR="00E46F45" w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00E46F45" w:rsidRPr="00404E3A">
         <w:t>, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> until 11:59 p</w:t>
       </w:r>
       <w:r w:rsidR="00E46F45" w:rsidRPr="00404E3A">
         <w:t>m. Draw to take place on July 31</w:t>
       </w:r>
       <w:r w:rsidR="00E46F45" w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="00E46F45" w:rsidRPr="00404E3A">
         <w:t>, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
-        <w:t xml:space="preserve"> at 11:00 am. The winning prize will be </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">half of the sales. </w:t>
+        <w:t xml:space="preserve"> at 11:00 am. The winning prize will be half of the sales. </w:t>
       </w:r>
       <w:r w:rsidR="00B7265A" w:rsidRPr="00404E3A">
         <w:t>This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C28665F" w14:textId="593CF2DF" w:rsidR="00D8551F" w:rsidRPr="00404E3A" w:rsidRDefault="00D8551F" w:rsidP="00D8551F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">Draw #11: Ticket Sales - Starting at 11:30 am on July </w:t>
       </w:r>
       <w:r w:rsidR="00E46F45" w:rsidRPr="00404E3A">
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidR="00E46F45" w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="00E46F45" w:rsidRPr="00404E3A">
@@ -1148,50 +1616,51 @@
       </w:r>
       <w:r w:rsidR="005521C8" w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00E46F45" w:rsidRPr="00404E3A">
         <w:t>, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> at 11:00 am. The winning prize will be half of the sales. </w:t>
       </w:r>
       <w:r w:rsidR="00440F8B" w:rsidRPr="00404E3A">
         <w:t>This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD24790" w14:textId="578E259D" w:rsidR="006C514D" w:rsidRPr="00404E3A" w:rsidRDefault="005521C8" w:rsidP="00716889">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
+        <w:lastRenderedPageBreak/>
         <w:t>Draw #12</w:t>
       </w:r>
       <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">: Ticket Sales - Starting at 11:30 am on </w:t>
       </w:r>
       <w:r w:rsidR="00803BB6" w:rsidRPr="00404E3A">
         <w:t>August 28</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00803BB6" w:rsidRPr="00404E3A">
         <w:t>, 2026</w:t>
       </w:r>
       <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00803BB6" w:rsidRPr="00404E3A">
         <w:t>September 24</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
@@ -1210,52 +1679,50 @@
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">, 2025 at 11:00 am. The winning prize will be half of the sales. </w:t>
       </w:r>
       <w:r w:rsidR="00440F8B" w:rsidRPr="00404E3A">
         <w:t>This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
       </w:r>
       <w:r w:rsidR="006C514D" w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000015" w14:textId="61B50128" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00404E3A">
         <w:t>After buying, patrons will be given by the sellers, a receipt with their 50/50 registered numbers from a Random Selection System. No specific numbers can be given as numbers are generated randomly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t>The winning ticket number will be selected by a Random Number Generation (RNG) system from all raffle numbers sold for the draw.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000017" w14:textId="01ACD5CC" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t>Thunder Bay Regional Health Sciences Foundation Staff and Board of Directors, as well as family members living in the same household are not permitted to purchase tickets and are not eligible to win.</w:t>
       </w:r>
@@ -1330,69 +1797,66 @@
         <w:t>Violation of this rule will lead to disqualification, and purchased tickets will be considered void.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1163B81B" w14:textId="77777777" w:rsidR="00306E2D" w:rsidRPr="00404E3A" w:rsidRDefault="00306E2D" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t>The following individuals are not eligible to participate in the Thunder Bay 50/50 draw (s):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="399A9D34" w14:textId="7818230F" w:rsidR="00306E2D" w:rsidRPr="00404E3A" w:rsidRDefault="00306E2D" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t>Members of the Thunder Bay Regional Health Sciences Centre's Senior Leadership council, including individuals holding positions such as Chief Executive Officer, Chief Operating Officer, Chief Financial Officer, Chief of Staff, Vice-Presidents and any other designated senior executive roles within the organization</w:t>
       </w:r>
       <w:r w:rsidR="00251BC7" w:rsidRPr="00404E3A">
-        <w:t xml:space="preserve"> (and any immediate family </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00251BC7" w:rsidRPr="00404E3A">
+        <w:t xml:space="preserve"> (and any immediate family members or residents within the same household)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00404E3A">
+        <w:t xml:space="preserve"> are ineligible to purchase tickets, participate, or be eligible for prizes in any capacity within the Thunder Bay 50/50 draw(s). This exclusion aims to maintain the impartiality and fairness of the draw process by preventing any potential conflicts of interest. Violation of this prohibition will result in immediate disqualification, and any purchased tickets will be deemed void.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000018" w14:textId="3438D1EF" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00404E3A">
         <w:lastRenderedPageBreak/>
-        <w:t>members or residents within the same household)</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00404E3A">
         <w:t>One cash prize will be awarded for each draw, the winning ticket will be posted on the www.ThunderBay5050.ca website. If information about the winner is collected at the point of sale, the winner will be contacted directly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t>The winning ticket holder has </w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6 months</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t> in which to claim their prize from the date of the draw their ticket was purchased for.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
@@ -1564,200 +2028,338 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>You can cancel your subscription at any time. Simply go into your account and unsubscribe. You can access or create your account at any time on the website by clicking on the Subscription Account link on the top of the web page.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5153831F" w14:textId="77777777" w:rsidR="00410AE3" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:t>You can also unsubscribe by sending us an email containing the receipt of your ticket purchases. Make sure you send it from the email address you used to subscribe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E56648" w14:textId="77777777" w:rsidR="00410AE3" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00404E3A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>If your credit card is declined, your raffle ticket purchase will not be processed, and you will be automatically unsubscribed from your raffle subscription. To re-subscribe, you will need to go through the subscription process once again and provide your updated credit card details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD9B418" w14:textId="71DEA7A7" w:rsidR="00410AE3" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00404E3A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>You can also unsubscribe by sending us an email containing the receipt of your ticket purchases. Make sure you send it from the email address you used to subscribe.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38E56648" w14:textId="77777777" w:rsidR="00410AE3" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
+        <w:t>Your credit card on file will only be charged when the new monthly Raffle opens and is triggered by the Foundation. You will be charged once on the day that the monthly draw opens. Should you wish to purchase additional tickets, you can do so through the checkout process and make another purchase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBCFD45" w14:textId="77777777" w:rsidR="00410AE3" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>If your credit card is declined, your raffle ticket purchase will not be processed, and you will be automatically unsubscribed from your raffle subscription. To re-subscribe, you will need to go through the subscription process once again and provide your updated credit card details.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2AD9B418" w14:textId="71DEA7A7" w:rsidR="00410AE3" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
+        <w:t>You will have the option to pick the price point you wish to subscribe to, the quantity you wish to purchase, as well as the amount of different price points you wish to purchase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA527FF" w14:textId="77777777" w:rsidR="003543D2" w:rsidRDefault="00410AE3" w:rsidP="003543D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Your credit card on file will only be charged when the new monthly Raffle opens and is triggered by the Foundation. You will be charged once on the day that the monthly draw opens. Should you wish to purchase additional tickets, you can do so through the checkout process and make another purchase.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7CBCFD45" w14:textId="77777777" w:rsidR="00410AE3" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
+        <w:t>An account is required for subscription management (i.e. cancelling subscription). The account is created after the subscription is created; the user does not create an account to initiate the subscription. All payment methods will be available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE954D6" w14:textId="0019A611" w:rsidR="003543D2" w:rsidRPr="003543D2" w:rsidRDefault="003543D2" w:rsidP="003543D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="003543D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>You will have the option to pick the price point you wish to subscribe to, the quantity you wish to purchase, as well as the amount of different price points you wish to purchase.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="400DA20A" w14:textId="3A535C0C" w:rsidR="00CF353B" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
+        <w:t xml:space="preserve">Active Subscriber Benefit: If the winner of an Early Bird prize is an “Actively Subscribed” participant at the time of the draw, they will be awarded an additional $1,000 (one thousand dollars) “Bonus Prize”. This “Bonus Prize” will be added to the value of the Early Bird prize won, regardless of the original prize amount. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6868792B" w14:textId="77777777" w:rsidR="003543D2" w:rsidRPr="003543D2" w:rsidRDefault="003543D2" w:rsidP="003543D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="003543D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>An account is required for subscription management (i.e. cancelling subscription). The account is created after the subscription is created; the user does not create an account to initiate the subscription. All payment methods will be available.</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="00422CEC"/>
+        <w:t xml:space="preserve">Example: If a winner of a $5,000 Early Bird prize is “Actively Subscribed”, the winner will receive $5,000 plus the $1,000 Subscription Bonus Prize, for a total of $6,000. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFD6840" w14:textId="77777777" w:rsidR="003543D2" w:rsidRPr="003543D2" w:rsidRDefault="003543D2" w:rsidP="003543D2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003543D2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“Actively Subscribed” means the individual holds a valid recurring ticket subscription with the Thunder Bay 50/50 at the time of the draw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000022" w14:textId="4F5B33CF" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="00422CEC"/>
     <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="00422CEC"/>
     <w:sectPr w:rsidR="00422CEC" w:rsidRPr="00404E3A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03760529"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6062358"/>
+    <w:lvl w:ilvl="0" w:tplc="565A284E">
+      <w:start w:val="23"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1009001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CDC6974"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0CA8EAB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -1805,51 +2407,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29B9481B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0CA8EAB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -1897,51 +2499,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B19192E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0CA8EAB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -1989,51 +2591,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EED03F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E500D72C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -2080,51 +2682,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5873798D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F2E58C0"/>
     <w:lvl w:ilvl="0" w:tplc="0674D732">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1009001B">
@@ -2169,51 +2771,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F3F4D9F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0CA8EAB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -2261,51 +2863,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61984A9F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DDB61E9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -2352,51 +2954,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A8D6B26"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0CA8EAB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -2445,149 +3047,189 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="111"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00422CEC"/>
+    <w:rsid w:val="00061A3C"/>
     <w:rsid w:val="001541E2"/>
     <w:rsid w:val="001A0C27"/>
     <w:rsid w:val="001A4BAA"/>
+    <w:rsid w:val="001C2243"/>
     <w:rsid w:val="00251BC7"/>
     <w:rsid w:val="00262085"/>
     <w:rsid w:val="002D653C"/>
     <w:rsid w:val="00304EA6"/>
     <w:rsid w:val="0030638C"/>
     <w:rsid w:val="00306E2D"/>
     <w:rsid w:val="003175BD"/>
+    <w:rsid w:val="003543D2"/>
     <w:rsid w:val="003B339D"/>
     <w:rsid w:val="003F5E45"/>
     <w:rsid w:val="00402CAF"/>
     <w:rsid w:val="00404E3A"/>
     <w:rsid w:val="00410AE3"/>
     <w:rsid w:val="00422CEC"/>
     <w:rsid w:val="00435007"/>
     <w:rsid w:val="00440F8B"/>
     <w:rsid w:val="00474AD0"/>
     <w:rsid w:val="004919EF"/>
     <w:rsid w:val="004A78B1"/>
     <w:rsid w:val="004F69A8"/>
     <w:rsid w:val="005521C8"/>
+    <w:rsid w:val="00573CF6"/>
     <w:rsid w:val="005B02B8"/>
     <w:rsid w:val="005E08DC"/>
     <w:rsid w:val="00640BA2"/>
     <w:rsid w:val="00641799"/>
     <w:rsid w:val="0066540D"/>
     <w:rsid w:val="00675757"/>
     <w:rsid w:val="00695540"/>
     <w:rsid w:val="006A17DE"/>
     <w:rsid w:val="006C514D"/>
     <w:rsid w:val="006D478A"/>
     <w:rsid w:val="006F0297"/>
     <w:rsid w:val="00763BCC"/>
     <w:rsid w:val="007E17E1"/>
     <w:rsid w:val="00803BB6"/>
     <w:rsid w:val="00957D89"/>
     <w:rsid w:val="00990F05"/>
     <w:rsid w:val="00A2022C"/>
     <w:rsid w:val="00A30BF5"/>
     <w:rsid w:val="00A677B0"/>
     <w:rsid w:val="00A94B0B"/>
+    <w:rsid w:val="00AB3F12"/>
     <w:rsid w:val="00AC5A83"/>
     <w:rsid w:val="00AE07B1"/>
+    <w:rsid w:val="00AF5786"/>
     <w:rsid w:val="00B7265A"/>
     <w:rsid w:val="00B845F1"/>
+    <w:rsid w:val="00BD595C"/>
     <w:rsid w:val="00BF272B"/>
     <w:rsid w:val="00C1193D"/>
     <w:rsid w:val="00C729F9"/>
     <w:rsid w:val="00C7692A"/>
+    <w:rsid w:val="00C95248"/>
     <w:rsid w:val="00C9665A"/>
     <w:rsid w:val="00C974FF"/>
     <w:rsid w:val="00CD5FAC"/>
     <w:rsid w:val="00CF353B"/>
     <w:rsid w:val="00D706A4"/>
     <w:rsid w:val="00D8551F"/>
     <w:rsid w:val="00DA31A0"/>
+    <w:rsid w:val="00DE7F38"/>
     <w:rsid w:val="00E406D6"/>
     <w:rsid w:val="00E409E9"/>
     <w:rsid w:val="00E46F45"/>
     <w:rsid w:val="00E62412"/>
     <w:rsid w:val="00E953C8"/>
     <w:rsid w:val="00EA52F1"/>
     <w:rsid w:val="00ED37CA"/>
     <w:rsid w:val="00FB194B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -3168,98 +3810,136 @@
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D1DC9"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000C753D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A1C30"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00410AE3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
+    <w:div w:id="259488521">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="792863229">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1187257638">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1301960603">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ThunderBay5050.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thunderbay5050.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3520,67 +4200,67 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mj0UtwNo1Gfl6RXDB2wt2hXXTSoQw==">CgMxLjAyCGguZ2pkZ3hzOAByITFLNVhEbDQwd1d0bWlQX3dRcUxXd2Exanc1MFRHb2Vfdw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>10885</Characters>
+  <Pages>6</Pages>
+  <Words>2232</Words>
+  <Characters>12728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>106</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12769</CharactersWithSpaces>
+  <CharactersWithSpaces>14931</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>pcadmin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>