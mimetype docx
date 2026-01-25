--- v1 (2025-12-07)
+++ v2 (2026-01-25)
@@ -1,3963 +1,3579 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF">
-[...50 lines deleted...]
-    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+      <w:pPr>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OFFICIAL RULES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RULES OF PLAY FOR DRAWS </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"># 1-12 License RAF1500864 </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">Purchaser must be 18 years or older to play. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000004" w14:textId="369DE846" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="00000006" w14:textId="5967EF87" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00B845F1">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tickets will be sold using an electronic raffle system supplied by BUMP, a Division of Canada Banknote Company.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tickets can be purchased at Thunder Bay Regional Health Sciences Foundation 980 Oliver Road, Thunder Bay ON P7B 6V4 and through the Thunder Bay Regional Health Science Foundation managed locations and online at the website </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6">
-        <w:r w:rsidRPr="00404E3A">
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t>www.ThunderBay5050.ca</w:t>
+          <w:t xml:space="preserve">www.ThunderBay5050.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00404E3A">
-[...6 lines deleted...]
-    <w:p w14:paraId="02256F90" w14:textId="636E7EF8" w:rsidR="00695540" w:rsidRPr="00404E3A" w:rsidRDefault="00695540" w:rsidP="00695540">
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. There are only two locations where in-person sales take place:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="2109E43C" w14:textId="581C6295" w:rsidR="00695540" w:rsidRPr="00404E3A" w:rsidRDefault="00695540" w:rsidP="00695540">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Thunder Bay 50/50 store is located at 1000 Fort William Road inside the Intercity Shopping Centre.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Thunder Bay Regional Health Sciences Foundation’s “Donation Centre” is located inside the Thunder Bay Regional Health Sciences Centre at 980 Oliver Road.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="3CDF283A" w14:textId="58E54238" w:rsidR="002D653C" w:rsidRPr="00404E3A" w:rsidRDefault="002D653C" w:rsidP="00990F05">
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tickets can be purchased for $10 for 5 numbers, $20 for 30 numbers, $50 for 150 numbers, $75 for 300 numbers, and $100 for 500 numbers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="69F6DF57" w14:textId="6DC2578F" w:rsidR="00B845F1" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00D8551F">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The deadline for each Early Bird draw is 11:59PM EST, the day before the Early Bird draw takes place. If tickets are purchased before 11:59PM EST, the day before an Early Bird draw, those tickets will also be eligible for all subsequent Early Bird draws that month, and the Grand Prize draw at the end of the month (or as specified below for each draw). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...70 lines deleted...]
-    <w:p w14:paraId="22A69EB1" w14:textId="094AA119" w:rsidR="003B339D" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00435007">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #1: Ticket Sales - Starting at 11:30 am on September 26</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2025 to October 30</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2025 until 11:59 pm. Draw to take place on October 31</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">st</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2025. The winning prize will be half of the sales. This draw will have a guaranteed prize of $5000. When Ticket Sales exceed $10,000, the winning prize will be half of the sales. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="2706C682" w14:textId="5BF0D8C6" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00435007">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, October 1</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">st</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #1-2 Prize(s): (2 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="3D4AB121" w14:textId="7CC97598" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00435007">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thursday, October 2</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #3-4 Prize(s): (2 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="7F4C6C4D" w14:textId="21E9705F" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00435007">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, October 3</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rd</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #5-9 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="6725D430" w14:textId="7B910635" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00435007">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saturday, October 4</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #10 Prize(s): (1 x $25,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="05A82262" w14:textId="61E2D976" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00435007">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, October 8</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #11 Prize(s): (1 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="56BD6952" w14:textId="49D76DAA" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00435007">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, October 10</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #12 Prize(s): (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="6896ED32" w14:textId="34F85D5A" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00435007">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, October 15</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #13 Prize(s): (1 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="37222348" w14:textId="3A33D7CD" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00435007">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, October 17</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #14 Prize(s): (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="71EAB267" w14:textId="1E3FEFFE" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00435007">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, October 22</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #15 Prize(s): (1 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="1AE92B5F" w14:textId="77777777" w:rsidR="00404E3A" w:rsidRPr="00404E3A" w:rsidRDefault="00435007" w:rsidP="00404E3A">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, October 24</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #16 Prize(s): (1 x $25,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="28828CE6" w14:textId="64EE0957" w:rsidR="00404E3A" w:rsidRPr="00404E3A" w:rsidRDefault="00404E3A" w:rsidP="00404E3A">
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, October 29</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #17 Prize(s): (1 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00404E3A">
+        <w:ind w:left="2880" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For September 26</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2025 to October 30</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">, 2025 draw </w:t>
       </w:r>
-      <w:r w:rsidRPr="00404E3A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">only,</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve"> $10 for 5 numbers, $20 for 50 numbers, $50 for 150 numbers, $75 for 300 numbers, $100 for 700 numbers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F20C01B" w14:textId="5062EE1E" w:rsidR="00262085" w:rsidRPr="001C2243" w:rsidRDefault="004919EF" w:rsidP="00262085">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...261 lines deleted...]
-    <w:p w14:paraId="5D4CAB94" w14:textId="456B36A0" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="004919EF" w:rsidP="001C2243">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #2: Ticket Sales - Starting at 11:30 am on October 31</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">st</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2025 to November 27</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2025 until 11:59 pm. Draw to take place on November 28th, 2025 at 11:00 am. The winning prize will be half of the sales.  This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, November 5</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #1 Prize: (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thursday, November 6</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #2-6 Prize(s) (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, November 7</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #7 Prize: (1 x $25,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monday, November 10</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #8 Prize: (1 x $2,500)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tuesday, November 11</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #9 Prize: (1 x $2,500)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, November 12</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #10 Prize: (1 x $2,500)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thursday, November 13</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #11 Prize: (1 x $2,500)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, November 14</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #12 Prize: (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, November 21</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">st</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #13 Prize: (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, November 26</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Early Bird #14 Prize: (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...225 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #3: Ticket Sales - Starting at 11:30 am on November 28th, 2025 to January 1st, 2026 until 11:59 pm. Draw to take place on January 2nd, 2026 at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $2,500,000.  When Ticket Sales exceed $5,000,000, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, December 3rd, Early Bird #1–5 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thursday, December 4th, Early Bird #6–10 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, December 5th, Early Bird #11–15 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saturday, December 6th, Early Bird #16 Prize: (1 x $50,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saturday, December 6th, Early Bird #17-21 Prize(s): (5 x $10,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saturday, December 6th, Early Bird #22-26 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, December 12th, Early Bird #27–31 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, December 19th, Early Bird #32–36 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.lyc90ngaqbd" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00061A3C">
-[...60 lines deleted...]
-    <w:p w14:paraId="1AC30359" w14:textId="6979E219" w:rsidR="00AB3F12" w:rsidRPr="00061A3C" w:rsidRDefault="00061A3C" w:rsidP="00AB3F12">
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saturday, December 27th, Early Bird #37 Prize: (1 x $25,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saturday, December 27th, Early Bird #38–42 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tuesday, December 30th, Early Bird #43–52 Prize(s): (10 x $10,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tuesday, December 31th, Early Bird #53 Prize: (1 x $100,000)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...18 lines deleted...]
-      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:ind w:left="2880" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For November 28th, 2025 to January 2nd, 2026 draw </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">only,</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve"> $10 for 5 numbers, $20 for 30 numbers, $50 for 200 numbers, $100 for 500 numbers, $250 for 2000 numbers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="231DC158" w14:textId="07DCEF62" w:rsidR="00EA52F1" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="0066540D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...46 lines deleted...]
-    <w:p w14:paraId="0000000F" w14:textId="20F833E9" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #4: Ticket Sales - Starting at 11:30 am on January 2nd, 2026 to January 29</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 until 11:59 pm. Draw to take place on January 30</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, January 7th, Early Bird #1–2 Prize(s): (2 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thursday, January 8th, Early Bird #3–7 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, January 9th, Early Bird #8 Prize(s): (1 x $25,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, January 14th Early Bird #9 Prize(s): (1 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, January 16th, Early Bird #10 Prize(s): (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, January 21st, Early Bird #11 Prize(s): (1 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, January 23rd, Early Bird #12 Prize(s): (1 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wednesday, January 28th, Early Bird #13-17: (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...58 lines deleted...]
-    <w:p w14:paraId="00000010" w14:textId="3D6F645F" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #5: Ticket Sales - Starting at 11:30 am on January 30</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 to February 26</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 until 11:59 pm. Draw to take place on February 27</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...58 lines deleted...]
-    <w:p w14:paraId="00000011" w14:textId="0B5434D7" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #6: Ticket Sales - Starting at 11:30 am on February 27</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 to March 26</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 until 11:59 pm. Draw to take place on March 27</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...58 lines deleted...]
-    <w:p w14:paraId="00000012" w14:textId="0275462F" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #7: Ticket Sales - Starting at 11:30 am on March 27</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 to April 23</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rd</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 until 11:59 pm. Draw to take place on April 24</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...55 lines deleted...]
-    <w:p w14:paraId="00000013" w14:textId="1980CEB7" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #8: Ticket Sales - Starting at 11:30 am on April 24</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 to May 28</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 until 11:59 pm. Draw to take place on May 29</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...55 lines deleted...]
-    <w:p w14:paraId="1818D823" w14:textId="3DAAA8C5" w:rsidR="00D8551F" w:rsidRPr="00404E3A" w:rsidRDefault="00D8551F" w:rsidP="00D8551F">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #9: Ticket Sales - Starting at 11:30 am on May 29</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 to June 25</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 until 11:59 pm. Draw to take place on June 26</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...46 lines deleted...]
-    <w:p w14:paraId="0C28665F" w14:textId="593CF2DF" w:rsidR="00D8551F" w:rsidRPr="00404E3A" w:rsidRDefault="00D8551F" w:rsidP="00D8551F">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #10: Ticket Sales - Starting at 11:30 am on June 26</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 to July 30</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 until 11:59 pm. Draw to take place on July 31</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">st</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...52 lines deleted...]
-    <w:p w14:paraId="1AD24790" w14:textId="578E259D" w:rsidR="006C514D" w:rsidRPr="00404E3A" w:rsidRDefault="005521C8" w:rsidP="00716889">
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #11: Ticket Sales - Starting at 11:30 am on July 31</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">st</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 to August 27</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 until 11:59 pm. Draw to take place on August 28</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...58 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Draw #12: Ticket Sales - Starting at 11:30 am on August 28</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 to September 24</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 until 11:59 pm. Draw to take place on September 25</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2025 at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="160" w:before="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After buying, patrons will be given by the sellers, a receipt with their 50/50 registered numbers from a Random Selection System. No specific numbers can be given as numbers are generated randomly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="00000017" w14:textId="01ACD5CC" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The winning ticket number will be selected by a Random Number Generation (RNG) system from all raffle numbers sold for the draw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="65810664" w14:textId="3362FF18" w:rsidR="00FB194B" w:rsidRPr="00404E3A" w:rsidRDefault="00FB194B" w:rsidP="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thunder Bay Regional Health Sciences Foundation Staff and Board of Directors, as well as family members living in the same household are not permitted to purchase tickets and are not eligible to win.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...28 lines deleted...]
-    <w:p w14:paraId="0E775848" w14:textId="7B942513" w:rsidR="00FB194B" w:rsidRPr="00404E3A" w:rsidRDefault="00FB194B" w:rsidP="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Individuals associated with Doane Grant Thornton LLP in Ontario, Canada, including employees and contractors (and any immediate family members or residents within the same household), are ineligible to purchase tickets or participate in any capacity within the Thunder Bay 50/50, and are not eligible to win prizes in any of the Thunder Bay 50/50’s draw(s). </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This measure ensures the integrity and credibility of the draw process by preventing any conflict of interest. Violation of this rule will lead to disqualification, and purchased tickets will be considered void.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="23B27C9F" w14:textId="114340AF" w:rsidR="00306E2D" w:rsidRPr="00404E3A" w:rsidRDefault="00306E2D" w:rsidP="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On occasion, the Thunder Bay 50/50 will utilize volunteers to assist with the processing of Thunder Bay 50/50 ticket sales at Thunder Bay Regional Health Sciences Foundation managed locations. These volunteers are eligible to play, win prize(s) and otherwise participate in the Thunder Bay 50/50, providing that their tickets are not purchased during their scheduled “shift” at the Thunder Bay Regional Health Sciences Foundation managed location(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="1163B81B" w14:textId="77777777" w:rsidR="00306E2D" w:rsidRPr="00404E3A" w:rsidRDefault="00306E2D" w:rsidP="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any and all current staff members of BUMP, a Division of Canada Banknote Company, including employees and contractors, are ineligible to purchase tickets or participate in any capacity within the Thunder Bay 50/50, and are not eligible to win prizes in any of the Thunder Bay 50/50’s draw(s). </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Violation of this rule will lead to disqualification, and purchased tickets will be considered void.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="399A9D34" w14:textId="7818230F" w:rsidR="00306E2D" w:rsidRPr="00404E3A" w:rsidRDefault="00306E2D" w:rsidP="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following individuals are not eligible to participate in the Thunder Bay 50/50 draw (s):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Members of the Thunder Bay Regional Health Sciences Centre's Senior Leadership council, including individuals holding positions such as Chief Executive Officer, Chief Operating Officer, Chief Financial Officer, Chief of Staff, Vice-Presidents and any other designated senior executive roles within the organization (and any immediate family members or residents within the same household) are ineligible to purchase tickets, participate, or be eligible for prizes in any capacity within the Thunder Bay 50/50 draw(s). This exclusion aims to maintain the impartiality and fairness of the draw process by preventing any potential conflicts of interest. Violation of this prohibition will result in immediate disqualification, and any purchased tickets will be deemed void.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="160" w:before="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">One cash prize will be awarded for each draw, the winning ticket will be posted on the www.ThunderBay5050.ca website. If information about the winner is collected at the point of sale, the winner will be contacted directly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:b/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The winning ticket holder has </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 months</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which to claim their prize from the date of the draw their ticket was purchased for.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">The winner must provide his/her name, address and phone number with picture identification for our report sheet and send it to info@ThunderBay5050.ca or call 807-345-4673. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000001B" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0000001C" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once the certified winner is verified, and provides identification with photo ID, they will be given a cheque in the amount of the declared prize, which is, at minimum, 50% of the total sales for that game. If the winner cannot provide photo ID, then the winning proceeds will be held until such identification can be provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0000001D" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event that no winner comes forward, the winning stub will be kept in a safe and held for 6 months. After that time period has elapsed the prize will donated to a local charity with the approval of the Alcohol and Gaming Commission of Ontario (AGCO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">For all inquiries on the conduct, prizing and the procedures of the lottery please call (807) 345-4673 or email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7">
-        <w:r w:rsidRPr="00404E3A">
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t>info@ThunderBay5050.ca</w:t>
+          <w:t xml:space="preserve">info@ThunderBay5050.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00404E3A">
-[...3 lines deleted...]
-    <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00404E3A">
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">We will notify all winners by telephone. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.gjdgxs" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00404E3A">
-[...3 lines deleted...]
-    <w:p w14:paraId="0BA06FDE" w14:textId="370B0085" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Play responsibly: Set a limit and stick to it. If you are looking for help, please visit Problem Gambling Helpline or call 1-866-531-2600</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
-          <w:top w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:val="nil"/>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:fill="ffffff" w:val="clear"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once the certified winner is verified, and provides identification with photo ID, they will be given a cheque in the amount of the declared prize, which is, at minimum, 50% of the total sales for that game. If the winner cannot provide photo ID, then the winning proceeds will be held until such identification can be provided.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When you purchase your tickets you will have the chance to subscribe for automatic purchases for future monthly draws for the Raffle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To subscribe to purchase tickets, proceed through the checkout process. Before you proceed to provide payment details, you will be given the option to subscribe to future daily draws for the Raffle. Select the price point you wish to subscribe to, the quantity you wish to purchase each draw, and continue to purchase your tickets. You will be subscribed for future monthly draws for the Raffle using the payment method selected for your purchase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your subscription purchases will begin with the next monthly Raffle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can cancel your subscription at any time. Simply go into your account and unsubscribe. You can access or create your account at any time on the website by clicking on the Subscription Account link on the top of the web page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can also unsubscribe by sending us an email containing the receipt of your ticket purchases. Make sure you send it from the email address you used to subscribe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If your credit card is declined, your raffle ticket purchase will not be processed, and you will be automatically unsubscribed from your raffle subscription. To re-subscribe, you will need to go through the subscription process once again and provide your updated credit card details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your credit card on file will only be charged when the new monthly Raffle opens and is triggered by the Foundation. You will be charged once on the day that the monthly draw opens. Should you wish to purchase additional tickets, you can do so through the checkout process and make another purchase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You will have the option to pick the price point you wish to subscribe to, the quantity you wish to purchase, as well as the amount of different price points you wish to purchase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An account is required for subscription management (i.e. cancelling subscription). The account is created after the subscription is created; the user does not create an account to initiate the subscription. All payment methods will be available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
-[...8 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Active Subscriber Benefit: If the winner of an Early Bird prize is an “Actively Subscribed” participant at the time of the draw, they will be awarded an additional $1,000 (one thousand dollars) “Bonus Prize”. This “Bonus Prize” will be added to the value of the Early Bird prize won, regardless of the original prize amount. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6868792B" w14:textId="77777777" w:rsidR="003543D2" w:rsidRPr="003543D2" w:rsidRDefault="003543D2" w:rsidP="003543D2">
-[...13 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2880" w:right="0" w:hanging="180"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Example: If a winner of a $5,000 Early Bird prize is “Actively Subscribed”, the winner will receive $5,000 plus the $1,000 Subscription Bonus Prize, for a total of $6,000. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFD6840" w14:textId="77777777" w:rsidR="003543D2" w:rsidRPr="003543D2" w:rsidRDefault="003543D2" w:rsidP="003543D2">
-[...22 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="280" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2880" w:right="0" w:hanging="180"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Actively Subscribed” means the individual holds a valid recurring ticket subscription with the Thunder Bay 50/50 at the time of the draw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
+      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="708" w:footer="708"/>
       <w:pgNumType w:start="1"/>
-      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...41 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Calibri"/>
+  <w:font w:name="Georgia"/>
+  <w:font w:name="Courier New"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...92 lines deleted...]
-    <w:tmpl w:val="0CA8EAB4"/>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="0CA8EAB4"/>
+  <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="23"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
-[...2 lines deleted...]
-      </w:pPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
-[...2 lines deleted...]
-      </w:pPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="1"/>
-[...270 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...273 lines deleted...]
-      </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="4"/>
-[...16 lines deleted...]
-  <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...29 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
-  <w:rsids>
-[...90 lines deleted...]
-  <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...8 lines deleted...]
-  <w15:docId w15:val="{7887178A-B543-4043-A6A5-458E7C3B91E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
+        <w:lang w:val="en_CA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...375 lines deleted...]
-    <w:rsid w:val="00AE07B1"/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="2"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="3"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="4"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="5"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
-  </w:style>
-[...25 lines deleted...]
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="480" w:after="120"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
+    <w:tblPr>
+      <w:tblInd w:w="0.0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="108.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="108.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:semiHidden w:val="1"/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="00AC38A2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:cs="Segoe UI" w:hAnsi="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
+    <w:semiHidden w:val="1"/>
     <w:rsid w:val="00AC38A2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:cs="Segoe UI" w:hAnsi="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="005D1DC9"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0563c1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat/>
+    <w:qFormat w:val="1"/>
     <w:rsid w:val="000C753D"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:contextualSpacing w:val="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
+    <w:unhideWhenUsed w:val="1"/>
     <w:rsid w:val="005A1C30"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat w:val="1"/>
+    <w:rsid w:val="00410AE3"/>
+    <w:rPr>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
-      <w:i/>
+      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ThunderBay5050.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thunderbay5050.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thunderbay5050.ca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ThunderBay5050.ca" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4177,90 +3793,50 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mj0UtwNo1Gfl6RXDB2wt2hXXTSoQw==">CgMxLjAyCGguZ2pkZ3hzOAByITFLNVhEbDQwd1d0bWlQX3dRcUxXd2Exanc1MFRHb2Vfdw==</go:docsCustomData>
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mh3Pspw49iPma7PtClB/MmO6TDMcQ==">CgMxLjAyDWgubHljOTBuZ2FxYmQyCGguZ2pkZ3hzOAByITFUT1BZTnF1cWNLelRfU3A3UUZBUURjQUNrZ3ZnRlBSVw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-[...34 lines deleted...]
-
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>pcadmin</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...3 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>